--- v0 (2025-10-07)
+++ v1 (2026-02-01)
@@ -1,6180 +1,8894 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3254A9FE" w14:textId="3CAD3BCE" w:rsidR="00D918C4" w:rsidRDefault="00D918C4" w:rsidP="00D918C4">
+    <w:p w14:paraId="6F0ECA32" w14:textId="01A6C572" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="0033638E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kauno Kazio Griniaus progimnazijos išnuomotos patalpos 2023-2024 m.m.</w:t>
+        <w:t>Kauno Kazio Griniaus progimnazijos išnuomotos patalpos 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.m.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13993" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="779"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2871"/>
+        <w:gridCol w:w="737"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1634"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="2116"/>
+        <w:gridCol w:w="2444"/>
+        <w:gridCol w:w="1507"/>
+        <w:gridCol w:w="2574"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D918C4" w14:paraId="2AEDF32C" w14:textId="77777777" w:rsidTr="005E027C">
-[...2 lines deleted...]
-            <w:tcW w:w="779" w:type="dxa"/>
+      <w:tr w:rsidR="0033638E" w14:paraId="11043A6B" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="750A3C27" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="256FE431" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eil. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24B29DEE" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="5091E160" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adresas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcW w:w="1634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73616D61" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="077FF4D9" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Patalpos Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BAE0BBC" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="52E0DB8F" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plotas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="2116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F0521E8" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="1753D5AB" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sutarties šalys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62F2AFCC" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="0638B700" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Sutarties sudarymo ir galiojimo data</w:t>
-[...21 lines deleted...]
-          <w:p w14:paraId="134F223E" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+              <w:t>Sutarties sudarymo ir galiojimo data;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D11F1D" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Sutarties kaina (Eur)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2871" w:type="dxa"/>
+              <w:t>Grafikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DE16509" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="19A38A82" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>Sutarties kaina (Eur)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32055114" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Teisinis pagrindas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D918C4" w14:paraId="76719384" w14:textId="77777777" w:rsidTr="005E027C">
-[...2 lines deleted...]
-            <w:tcW w:w="779" w:type="dxa"/>
+      <w:tr w:rsidR="0033638E" w14:paraId="3B1206E5" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05969DDA" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="6A41DFA7" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E3276E1" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="7C2E0020" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Šiaurės pr. 97,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="710788E7" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="0BC7D280" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kaunas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcW w:w="1634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="491BE6CD" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="0BE32A2E" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr.III-311</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="019DCF8C" w14:textId="7A5DE824" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="24D5EA99" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kabinetas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E721B11" w14:textId="654AB260" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="3D95B8CA" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(plane pažymėta III_312)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A8537CA" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="33DEE29E" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>55,10 kv.m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="2116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BA0757" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="08A89AF2" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BĮ Kauno Algio Žikevičiaus saugaus vaiko mokykla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02B86EF9" w14:textId="0DA9165F" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
-[...40 lines deleted...]
-            <w:tcW w:w="1598" w:type="dxa"/>
+          <w:p w14:paraId="474CFDB2" w14:textId="58CC2145" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA058A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA058A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FAD6FF3" w14:textId="01A54B65" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="000A31E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-06-1</w:t>
+            </w:r>
+            <w:r w:rsidR="000A31E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BACB8C2" w14:textId="707E4756" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pirmadieniais,Antradieniais  </w:t>
+            </w:r>
+            <w:r w:rsidR="005103DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadieniais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ACA126A" w14:textId="18294912" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00A43733">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:00-15:00 ; Penktadieniais </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05312A1A" w14:textId="34D9D2A5" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13:00-14:00 .</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4728539E" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="4A28E6C2" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>panauda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2871" w:type="dxa"/>
+            <w:tcW w:w="2574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="711CBC52" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
-[...15 lines deleted...]
-              <w:t>Biudžetinių bendrojo ugdymo įstaigų patalpų naudojimo sutartis</w:t>
+          <w:p w14:paraId="1E298CFA" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trumpalaikė savivaldybės turto panaudos sutartis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D918C4" w14:paraId="2794389F" w14:textId="77777777" w:rsidTr="005E027C">
-[...2 lines deleted...]
-            <w:tcW w:w="779" w:type="dxa"/>
+      <w:tr w:rsidR="0033638E" w14:paraId="767C2DB4" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E35275C" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="3D9F623F" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5833F0BA" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="2688E9AC" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Šiaurės pr. 97,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BA6F698" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="6D793CB4" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kaunas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1767" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="08F42213" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F1AC1B2" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2085B0B1" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr.II-233</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18CBF657" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="43D846C6" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aktų salė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63B62D5D" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="5B1FF6EA" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>210,09 kv.m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="2116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EF726BE" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="745058CE" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kauno Miko Petrausko scenos menų mokykla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A963EAF" w14:textId="14615705" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
-[...21 lines deleted...]
-            <w:tcW w:w="1598" w:type="dxa"/>
+          <w:p w14:paraId="31FB91F8" w14:textId="77777777" w:rsidR="00C149E7" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00886977">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="00886977">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496BC2F5" w14:textId="495DE3DE" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00886977">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-05-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46230F0A" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadieniais  Trečiadieniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A04CAE6" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14:30-16:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00EF9C7D" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="34E8B259" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>panauda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2871" w:type="dxa"/>
+            <w:tcW w:w="2574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="035323E2" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
-[...10 lines deleted...]
-              <w:t>Biudžetinių bendrojo ugdymo įstaigų patalpų naudojimo sutartis</w:t>
+          <w:p w14:paraId="5E0EBD2C" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trumpalaikė savivaldybės turto panaudos sutartis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D918C4" w14:paraId="3E5701FB" w14:textId="77777777" w:rsidTr="005E027C">
-[...2 lines deleted...]
-            <w:tcW w:w="779" w:type="dxa"/>
+      <w:tr w:rsidR="0033638E" w14:paraId="18809F9F" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C4CEE7B" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="14F241BD" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E65D783" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="2CD0A024" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Šiaurės pr. 97,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14099156" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="5A9C4C8F" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kaunas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcW w:w="1634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D1EB014" w14:textId="77777777" w:rsidR="001E6361" w:rsidRDefault="00D918C4">
-[...37 lines deleted...]
-          <w:p w14:paraId="7E3CE742" w14:textId="77777777" w:rsidR="001E6361" w:rsidRDefault="00D918C4">
+          <w:p w14:paraId="4BA03B2C" w14:textId="061CA983" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="005445D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D0AEC83" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Nr.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>I-103</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07203C27" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(plane I-105)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AB0607B" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD284F3" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="000B1A82">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>53,62 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49431BCB" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ „Robotikos Akademija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8E1975" w14:textId="0FC1170A" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="007B728C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="00826E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7367C3" w14:textId="09EDEA85" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00826E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA0282">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA0282">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1260578B" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penktadieniais </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43EE28CA" w14:textId="3F3E7786" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00AA0282">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13:00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00484315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="229FB4F0" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63ED0FB6" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005445D1" w14:paraId="1A890C11" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0DC0B538" w14:textId="074BC37F" w:rsidR="005445D1" w:rsidRDefault="00484315" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68CDADDB" w14:textId="77777777" w:rsidR="00484315" w:rsidRDefault="00484315" w:rsidP="00484315">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34F4E303" w14:textId="35938752" w:rsidR="005445D1" w:rsidRPr="00484315" w:rsidRDefault="00484315" w:rsidP="00484315">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73A5097D" w14:textId="3818A321" w:rsidR="00205C33" w:rsidRDefault="00205C33" w:rsidP="00205C33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>I-10</w:t>
             </w:r>
-            <w:r w:rsidR="001E6361">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D69F65A" w14:textId="031B6B43" w:rsidR="00205C33" w:rsidRDefault="00205C33" w:rsidP="00205C33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(plane I-10</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31B5B060" w14:textId="051C8A94" w:rsidR="005445D1" w:rsidRDefault="00205C33" w:rsidP="00205C33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="223C14E4" w14:textId="090996C9" w:rsidR="005445D1" w:rsidRDefault="009C6DD7" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54,96 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75FA2346" w14:textId="7A320138" w:rsidR="005445D1" w:rsidRDefault="009C6DD7" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ „Robotikos Akademija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10C3C4D0" w14:textId="5001273A" w:rsidR="009C6DD7" w:rsidRDefault="009C6DD7" w:rsidP="009C6DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2025-</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1A69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1A69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416214FD" w14:textId="77777777" w:rsidR="009C6DD7" w:rsidRDefault="009C6DD7" w:rsidP="009C6DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026-06-05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ACBF4F1" w14:textId="77777777" w:rsidR="009C6DD7" w:rsidRDefault="009C6DD7" w:rsidP="009C6DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penktadieniais </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18283A54" w14:textId="5CABF88E" w:rsidR="005445D1" w:rsidRDefault="009C6DD7" w:rsidP="009C6DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13:00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00135BA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00135BA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A5272C5" w14:textId="1E172CBE" w:rsidR="005445D1" w:rsidRDefault="00135BA1" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2809C9A2" w14:textId="2D770DCF" w:rsidR="005445D1" w:rsidRDefault="00135BA1" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033638E" w14:paraId="3BC28070" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19785CD3" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="398DB7C3" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCF74A8" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0DBB0915" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B581902" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.I-107</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC44C46" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(plane I-109)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EAEFE82" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kabinetas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A669C57" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>53,81 kv.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D888AA6" w14:textId="234A054F" w:rsidR="0033638E" w:rsidRDefault="00290A63" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UAB </w:t>
+            </w:r>
+            <w:r w:rsidR="0033638E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šachmatų Mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3BE25D" w14:textId="22BE203D" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00290A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00290A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2667DE62" w14:textId="6B8CCE78" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00290A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00290A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00290A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79CB0BD9" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradieniais 13:00-15:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69B52B69" w14:textId="77777777" w:rsidR="00D918C4" w:rsidRDefault="00D918C4">
-[...50 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7D927126" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="760BBF9A" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033638E" w14:paraId="2A7B589B" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC62E84" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60F35205" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="719E8260" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68FC80AD" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.I-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E16AF4" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (plane I-107)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D0E105" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43553024" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54,53 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3624BF2D" w14:textId="130F23F5" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UAB“Ed</w:t>
+            </w:r>
+            <w:r w:rsidR="003C709B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ugilė</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03446437" w14:textId="7B822F12" w:rsidR="003C709B" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="003C709B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E6361">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00370D70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00D72BD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC702FB" w14:textId="7D2D7754" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00370D70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00370D70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00370D70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FCA24A8" w14:textId="61BF5079" w:rsidR="0033638E" w:rsidRDefault="00195B17" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradieniais</w:t>
+            </w:r>
+            <w:r w:rsidR="0033638E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08ED3A32" w14:textId="519CC6B1" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00863448">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...7 lines deleted...]
-              <w:t>43</w:t>
+              <w:t>:00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00863448">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDE38B4" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B320F21" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033638E" w14:paraId="7B494AB8" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5902F033" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60C5AFB7" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF2DB7F" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71DB4CB5" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.I-123</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="051AB717" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (plane I-135)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CEEA03B" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kabinetas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1985DE17" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54,47 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA5C623" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fizinis asmuo,keramikos būrelis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55AF05E1" w14:textId="4255B08A" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00557983">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="00780050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3681686C" w14:textId="19B19E28" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00780050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-12-2</w:t>
+            </w:r>
+            <w:r w:rsidR="00780050">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8FCF5A" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pirmadieniais </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31127A8D" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF4384F" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3020F44F" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="00FB1D5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F505FD" w14:paraId="20B7C9BD" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="771DFE77" w14:textId="0A3BD6A7" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BA85377" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54B804F4" w14:textId="0396FAA3" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D55AD83" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.I-123</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEE5002" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (plane I-135)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A2E9DF" w14:textId="33803944" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kabinetas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EF2D2B3" w14:textId="33FFB788" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54,47 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3489E9D4" w14:textId="16F403B8" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fizinis asmuo,keramikos būrelis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B1765DB" w14:textId="52DFFEE3" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAB7413" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pirmadieniais </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29DC4AD3" w14:textId="0B90DDF0" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="032F4E35" w14:textId="18C8E82E" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48D7FAA8" w14:textId="1FD44368" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F505FD" w14:paraId="46649053" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69AB088D" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6173FC50" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A362E7" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C160997" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.II-233</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047ABF40" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7407A21C" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>210,09 kv.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63E2FE49" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NVŠ Kauno karatė kiokušin „SHODAN“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="164228F0" w14:textId="49ABCD83" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="009F5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="032940AE" w14:textId="5B03F4F7" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="009F5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E60A78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A2FD3E" w14:textId="4427471B" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadienis</w:t>
+            </w:r>
+            <w:r w:rsidR="00082D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00082D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Penktadieni</w:t>
+            </w:r>
+            <w:r w:rsidR="00082D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00082D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:30-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00082D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67DA2FE8" w14:textId="61CF92D7" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis  17:30_1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE782B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="386CB5D7" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D88DBC9" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F505FD" w14:paraId="37BD33AC" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B01A5FC" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29496241" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F4B29CE" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="018FCE02" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.II-233</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04DED41C" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="737BDE2F" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>210,09 kv.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72079642" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ „Studio Dream“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C5069CD" w14:textId="77777777" w:rsidR="001F15A5" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F94335">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="00F94335">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281C5332" w14:textId="0FB560D4" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F94335">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-12-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F94335">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B06A52" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis Ketvirtadienis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47EBBEBB" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17;00-18:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A00D7D6" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D6506A8" w14:textId="77777777" w:rsidR="00F505FD" w:rsidRDefault="00F505FD" w:rsidP="00F505FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00325848" w14:paraId="21DFB9AD" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="157BD596" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03DEAEF2" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABD9CC1" w14:textId="10EA2779" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F90673F" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.II-233</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="673379F8" w14:textId="01D593F0" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CDB017A" w14:textId="60A83197" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>210,09 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38D46BC1" w14:textId="50717E22" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ „Studio Dream</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3707DA1F" w14:textId="0029B0BB" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4347AB2E" w14:textId="3DD36BB9" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7EEE56" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis Ketvirtadienis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48369B10" w14:textId="338A1EED" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17;00-18:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71E78761" w14:textId="073A76C4" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A419AE2" w14:textId="0217BD0C" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00325848" w14:paraId="27A860E8" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="707422C0" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="326614B7" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="113578CA" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B679BB9" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.II-233</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CDE6D7" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="561DAFC1" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>210,09 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BEC5D4C" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ šokių studija „Mida“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45C412D0" w14:textId="0A7892EA" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00216D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00216D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00216D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="004913D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="004913D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6-06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="004913D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E12861D" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penktadieniais </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77AFC420" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16:00-17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D03E54E" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0980A78C" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00325848" w14:paraId="018944B2" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="019A5CDB" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19E8F65B" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="193FCEC3" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FEBDBAE" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sporto salė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56577352" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I-152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73EFEF7F" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>453,04 kv.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56C3CBC1" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ Nacionalinė krepšinio akademija“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11DCD447" w14:textId="04BFBFBE" w:rsidR="00E8166F" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-0</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306C8541" w14:textId="103D38DD" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-06-2</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0FA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0E80D7" w14:textId="77777777" w:rsidR="00E8166F" w:rsidRDefault="00325848" w:rsidP="00E8166F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pirmadienis Trečiadienis </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8166F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadieniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E40D5CB" w14:textId="79718B59" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 19:00-20:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2277B52E" w14:textId="19094617" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00E8166F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="656E6360" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56E74685" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00325848" w14:paraId="7860177A" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A1D151E" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18BFD913" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12F75D39" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36C00F17" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sporto salė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="010FAA1B" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I-152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50FD8734" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>453,04 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2938B4FA" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ „Kauno Žalgirio“futbolo akademija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F83AD03" w14:textId="112A524F" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00453748">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00453748">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00453748">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00530175">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00530175">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00530175">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79915641" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradieniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A6F9B7" w14:textId="7DAB7A9D" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18:30-20:</w:t>
+            </w:r>
+            <w:r w:rsidR="00530175">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0  Penktadieniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BC6D64B" w14:textId="25C5AA91" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18:00-</w:t>
+            </w:r>
+            <w:r w:rsidR="00584964">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5617DBE7" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C5C12E5" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="234DBD33" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00325848" w14:paraId="57700B0D" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1971AE3D" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39362B02" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1CC530" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60C5BDFE" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sporto salė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D16A758" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I-152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="091EAE4B" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>453,04 kv.m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7911261F" w14:textId="1B8A567C" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B745D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">repšinio </w:t>
+            </w:r>
+            <w:r w:rsidR="00584964">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>akademija</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Žalgiris“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21F059EA" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2024-09-05-2025-06-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CB63A28" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadieniais 16:00-19:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E1C356" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradieniais 16:00-18:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="110F7391" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadieniais 16:00-19:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D1336E" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis16:00-19:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAECDD1" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Penktadienis 15:00-18:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="491A9002" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>panauda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B1388B3" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trumpalaikė savivaldybės turto panaudos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00325848" w14:paraId="3916C6FC" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0064CB44" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35D6A581" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06980961" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11AC82FE" w14:textId="2F7D5682" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.I-1</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2229F8F5" w14:textId="4A4C7063" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (plane I-1</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F4088B3" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29C90FA0" w14:textId="3BCA1A14" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4,52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kv.m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
-[...117 lines deleted...]
-            <w:r>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21692360" w14:textId="12FA4360" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UAB „</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bananas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="597EE0D5" w14:textId="4CE6E576" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-09-</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-12-</w:t>
+            </w:r>
+            <w:r w:rsidR="0092289F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47ED42BB" w14:textId="77777777" w:rsidR="005328C3" w:rsidRDefault="005328C3" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadieniais</w:t>
+            </w:r>
+            <w:r w:rsidR="00325848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738425BD" w14:textId="768ADA7F" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005328C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:00-15:</w:t>
+            </w:r>
+            <w:r w:rsidR="005328C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FA8C61D" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 eurai/val</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78C50326" w14:textId="77777777" w:rsidR="00325848" w:rsidRDefault="00325848" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642FD8" w14:paraId="662BAB55" w14:textId="77777777" w:rsidTr="005445D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60B5A406" w14:textId="77777777" w:rsidR="00642FD8" w:rsidRDefault="00642FD8" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15E01001" w14:textId="77777777" w:rsidR="00642FD8" w:rsidRDefault="00642FD8" w:rsidP="00642FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Šiaurės pr. 97,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="336264CE" w14:textId="4FD2B3F4" w:rsidR="00642FD8" w:rsidRDefault="00642FD8" w:rsidP="00642FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5865A5A9" w14:textId="52EAD72E" w:rsidR="00642FD8" w:rsidRDefault="00642FD8" w:rsidP="00642FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr.I-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00071E94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E912B58" w14:textId="1F97CBF2" w:rsidR="00642FD8" w:rsidRDefault="00642FD8" w:rsidP="00642FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (plane I-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00071E94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60C1F884" w14:textId="3238BED6" w:rsidR="00642FD8" w:rsidRDefault="00642FD8" w:rsidP="00642FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C67DD50" w14:textId="3147E238" w:rsidR="00642FD8" w:rsidRDefault="00071E94" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>37,84 kv.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07A1F51F" w14:textId="10F73379" w:rsidR="00642FD8" w:rsidRDefault="00071E94" w:rsidP="00325848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VšĮ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C41C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Laikas kartu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38EBA5F2" w14:textId="1D03C0B6" w:rsidR="00C41C5A" w:rsidRDefault="00C41C5A" w:rsidP="00C41C5A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026-0</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0E49">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00D918C4">
-[...343 lines deleted...]
-            <w:r w:rsidR="001E6361">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0E49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="434A0443" w14:textId="5DE94B8F" w:rsidR="00C41C5A" w:rsidRDefault="00C41C5A" w:rsidP="00C41C5A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0E49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enktadienioais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B455C6F" w14:textId="53E6D05A" w:rsidR="00642FD8" w:rsidRDefault="00C41C5A" w:rsidP="00C41C5A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0E49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0E49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0E49">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-09-</w:t>
-[...1899 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...1824 lines deleted...]
-          <w:p w14:paraId="692E886A" w14:textId="27747260" w:rsidR="00640FB2" w:rsidRDefault="00B92A2C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5EF7F4AD" w14:textId="0F69C170" w:rsidR="00642FD8" w:rsidRDefault="009F0E49" w:rsidP="00325848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6 eurai/val</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2871" w:type="dxa"/>
-[...356 lines deleted...]
-          <w:p w14:paraId="4F3E06C5" w14:textId="5D149C90" w:rsidR="00640FB2" w:rsidRDefault="005E027C">
+            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69726F7B" w14:textId="7DD189CF" w:rsidR="00642FD8" w:rsidRDefault="009F0E49" w:rsidP="00325848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Savivaldybės nekilnojamojo turto trumpalaikės nuomos sutartis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65ED4B45" w14:textId="77777777" w:rsidR="004314FF" w:rsidRDefault="004314FF"/>
-    <w:sectPr w:rsidR="004314FF" w:rsidSect="00D918C4">
+    <w:p w14:paraId="39DC86E4" w14:textId="77777777" w:rsidR="0033638E" w:rsidRDefault="0033638E" w:rsidP="0033638E"/>
+    <w:p w14:paraId="79BDFC36" w14:textId="77777777" w:rsidR="004314FF" w:rsidRDefault="004314FF"/>
+    <w:sectPr w:rsidR="004314FF" w:rsidSect="0033638E">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...8 lines deleted...]
-    <w:charset w:val="BA"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:view w:val="web"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D918C4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E6361"/>
+    <w:rsidRoot w:val="0033638E"/>
+    <w:rsid w:val="00071E94"/>
+    <w:rsid w:val="00082D0A"/>
+    <w:rsid w:val="000A31E2"/>
+    <w:rsid w:val="000B1A82"/>
+    <w:rsid w:val="00132A97"/>
+    <w:rsid w:val="00135BA1"/>
+    <w:rsid w:val="00195B17"/>
+    <w:rsid w:val="001F15A5"/>
+    <w:rsid w:val="00205C33"/>
+    <w:rsid w:val="00216D15"/>
+    <w:rsid w:val="00290A63"/>
+    <w:rsid w:val="002C1A69"/>
+    <w:rsid w:val="002C4C7B"/>
+    <w:rsid w:val="00325848"/>
+    <w:rsid w:val="0033638E"/>
+    <w:rsid w:val="00370D70"/>
+    <w:rsid w:val="003B745D"/>
+    <w:rsid w:val="003C709B"/>
     <w:rsid w:val="004314FF"/>
-    <w:rsid w:val="005334E3"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00ED728D"/>
+    <w:rsid w:val="00453748"/>
+    <w:rsid w:val="00484315"/>
+    <w:rsid w:val="004913D7"/>
+    <w:rsid w:val="005103DB"/>
+    <w:rsid w:val="00530175"/>
+    <w:rsid w:val="005328C3"/>
+    <w:rsid w:val="005445D1"/>
+    <w:rsid w:val="00557983"/>
+    <w:rsid w:val="005847D2"/>
+    <w:rsid w:val="00584964"/>
+    <w:rsid w:val="005A1D03"/>
+    <w:rsid w:val="00642FD8"/>
+    <w:rsid w:val="00645C15"/>
+    <w:rsid w:val="006A354F"/>
+    <w:rsid w:val="006C4771"/>
+    <w:rsid w:val="00705A07"/>
+    <w:rsid w:val="00780050"/>
+    <w:rsid w:val="007B728C"/>
+    <w:rsid w:val="00826E01"/>
+    <w:rsid w:val="0083547D"/>
+    <w:rsid w:val="00863448"/>
+    <w:rsid w:val="00886977"/>
+    <w:rsid w:val="00894334"/>
+    <w:rsid w:val="008A0FA3"/>
+    <w:rsid w:val="008E707D"/>
+    <w:rsid w:val="009016D1"/>
+    <w:rsid w:val="0092289F"/>
+    <w:rsid w:val="009C6DD7"/>
+    <w:rsid w:val="009F0E49"/>
+    <w:rsid w:val="009F5DBF"/>
+    <w:rsid w:val="00A43733"/>
+    <w:rsid w:val="00AA0282"/>
+    <w:rsid w:val="00BE782B"/>
+    <w:rsid w:val="00C149E7"/>
+    <w:rsid w:val="00C41C5A"/>
+    <w:rsid w:val="00CA058A"/>
+    <w:rsid w:val="00D72BD3"/>
+    <w:rsid w:val="00E60A78"/>
+    <w:rsid w:val="00E8166F"/>
+    <w:rsid w:val="00ED7F68"/>
+    <w:rsid w:val="00F505FD"/>
+    <w:rsid w:val="00F94335"/>
+    <w:rsid w:val="00FC1A13"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="12B82E72"/>
+  <w14:docId w14:val="79962FF7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2CA9608D-7C89-480F-AB43-7D0446EEE207}"/>
+  <w15:docId w15:val="{48A95E8D-CC6A-48CC-8BA5-79A4C9F59347}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6529,162 +9243,698 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D918C4"/>
+    <w:rsid w:val="0033638E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="254" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="0033638E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6692,54 +9942,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -6892,74 +10142,65 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{2a48bbf3-0d75-40ae-a474-01f1cdbabdcf}" enabled="0" method="" siteId="{2a48bbf3-0d75-40ae-a474-01f1cdbabdcf}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1086</Characters>
+  <Pages>3</Pages>
+  <Words>2670</Words>
+  <Characters>1522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2985</CharactersWithSpaces>
+  <CharactersWithSpaces>4184</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daiva Trimailovienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>